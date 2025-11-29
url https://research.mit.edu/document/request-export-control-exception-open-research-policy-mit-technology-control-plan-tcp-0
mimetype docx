--- v0 (2025-10-11)
+++ v1 (2025-11-29)
@@ -209,128 +209,128 @@
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00774343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Responsible Individual (RI):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6456" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="55D11327" w14:textId="6ADA3699" w:rsidR="002664B8" w:rsidRPr="00774343" w:rsidRDefault="008A2286" w:rsidP="00FD0229">
+          <w:p w14:paraId="55D11327" w14:textId="06472AD1" w:rsidR="002664B8" w:rsidRPr="00774343" w:rsidRDefault="008A2286" w:rsidP="00FD0229">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="Text2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062504C" w:rsidRPr="00774343" w14:paraId="65097944" w14:textId="77777777" w:rsidTr="005E4FEC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3564" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
@@ -351,128 +351,128 @@
             <w:r w:rsidRPr="00774343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">RI </w:t>
             </w:r>
             <w:r w:rsidR="002664B8" w:rsidRPr="00774343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Title:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6456" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3DE7147B" w14:textId="3C604702" w:rsidR="002664B8" w:rsidRPr="00774343" w:rsidRDefault="008A2286" w:rsidP="00FD0229">
+          <w:p w14:paraId="3DE7147B" w14:textId="4D7056AF" w:rsidR="002664B8" w:rsidRPr="00774343" w:rsidRDefault="008A2286" w:rsidP="00FD0229">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="Text3"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062504C" w:rsidRPr="00774343" w14:paraId="0FFB261C" w14:textId="77777777" w:rsidTr="005E4FEC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3564" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
@@ -486,128 +486,128 @@
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00774343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Department, Lab or Center:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6456" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="785C822E" w14:textId="281CA3C0" w:rsidR="002664B8" w:rsidRPr="00774343" w:rsidRDefault="008A2286" w:rsidP="00FD0229">
+          <w:p w14:paraId="785C822E" w14:textId="3D674AC3" w:rsidR="002664B8" w:rsidRPr="00774343" w:rsidRDefault="008A2286" w:rsidP="00FD0229">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="2" w:name="Text4"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062504C" w:rsidRPr="00774343" w14:paraId="73FE2386" w14:textId="77777777" w:rsidTr="005E4FEC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3564" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
@@ -621,128 +621,128 @@
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00774343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Email Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6456" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="44D329FA" w14:textId="1D6A5520" w:rsidR="002664B8" w:rsidRPr="00774343" w:rsidRDefault="008A2286" w:rsidP="00FD0229">
+          <w:p w14:paraId="44D329FA" w14:textId="5B47500D" w:rsidR="002664B8" w:rsidRPr="00774343" w:rsidRDefault="008A2286" w:rsidP="00FD0229">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="3" w:name="Text5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062504C" w:rsidRPr="00774343" w14:paraId="3C377EE8" w14:textId="77777777" w:rsidTr="005E4FEC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3564" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
@@ -756,128 +756,128 @@
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00774343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Request Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6456" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2D915A07" w14:textId="5450937C" w:rsidR="002664B8" w:rsidRPr="00774343" w:rsidRDefault="008A2286" w:rsidP="00FD0229">
+          <w:p w14:paraId="2D915A07" w14:textId="5C942E6B" w:rsidR="002664B8" w:rsidRPr="00774343" w:rsidRDefault="008A2286" w:rsidP="00FD0229">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="Text6"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0075750E" w:rsidRPr="00774343" w14:paraId="41BB4093" w14:textId="77777777" w:rsidTr="00DB1505">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3564" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
@@ -916,128 +916,128 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:footnoteReference w:id="1"/>
             </w:r>
             <w:r w:rsidRPr="00774343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6456" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E94E8FE" w14:textId="2CB29423" w:rsidR="0075750E" w:rsidRPr="00774343" w:rsidRDefault="008A2286" w:rsidP="00FD0229">
+          <w:p w14:paraId="4E94E8FE" w14:textId="3DCE7ECC" w:rsidR="0075750E" w:rsidRPr="00774343" w:rsidRDefault="008A2286" w:rsidP="00FD0229">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="Text7"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0075750E" w:rsidRPr="00774343" w14:paraId="2561DF5C" w14:textId="77777777" w:rsidTr="005E4FEC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3564" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
@@ -1055,128 +1055,128 @@
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075750E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Proposal #</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6456" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4A6F2817" w14:textId="79A1E3D2" w:rsidR="0075750E" w:rsidRPr="00774343" w:rsidRDefault="008A2286" w:rsidP="00FD0229">
+          <w:p w14:paraId="4A6F2817" w14:textId="045A6B3E" w:rsidR="0075750E" w:rsidRPr="00774343" w:rsidRDefault="008A2286" w:rsidP="00FD0229">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="6" w:name="Text8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E4FEC" w:rsidRPr="00774343" w14:paraId="1C4EC41A" w14:textId="77777777" w:rsidTr="005E4FEC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3564" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
@@ -1198,128 +1198,128 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Expected Project Duration</w:t>
             </w:r>
             <w:r w:rsidRPr="00774343">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:footnoteReference w:id="2"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6456" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="41CACE07" w14:textId="6B7B80A2" w:rsidR="002664B8" w:rsidRPr="00774343" w:rsidRDefault="008A2286" w:rsidP="00FD0229">
+          <w:p w14:paraId="41CACE07" w14:textId="14AA4D14" w:rsidR="002664B8" w:rsidRPr="00774343" w:rsidRDefault="008A2286" w:rsidP="00FD0229">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="7" w:name="Text9"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0062504C" w:rsidRPr="00774343" w14:paraId="046B554E" w14:textId="77777777" w:rsidTr="005E4FEC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3564" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
@@ -1337,128 +1337,128 @@
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00774343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Description of Export-Controlled Item:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6456" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D87238B" w14:textId="6E043D84" w:rsidR="002664B8" w:rsidRPr="00774343" w:rsidRDefault="008A2286" w:rsidP="00FD0229">
+          <w:p w14:paraId="3D87238B" w14:textId="697275EA" w:rsidR="002664B8" w:rsidRPr="00774343" w:rsidRDefault="008A2286" w:rsidP="00FD0229">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="8" w:name="Text10"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0075750E" w:rsidRPr="00774343" w14:paraId="0A81A711" w14:textId="77777777" w:rsidTr="00D27E70">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3564" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
@@ -1472,81 +1472,80 @@
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00774343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Item Type</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6456" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5E4CCAB1" w14:textId="353404DB" w:rsidR="004835E6" w:rsidRDefault="0075750E" w:rsidP="00FD0229">
+          <w:p w14:paraId="5E4CCAB1" w14:textId="4BD7F223" w:rsidR="004835E6" w:rsidRDefault="0075750E" w:rsidP="00FD0229">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004835E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Technical data </w:t>
             </w:r>
             <w:r w:rsidRPr="004835E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
-                    <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="9" w:name="Check3"/>
             <w:r w:rsidRPr="004835E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004835E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="004835E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
@@ -1618,51 +1617,51 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="004835E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004835E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="10"/>
             <w:r w:rsidR="004835E6" w:rsidRPr="004835E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="06E140DA" w14:textId="2D928F4F" w:rsidR="0075750E" w:rsidRPr="004835E6" w:rsidRDefault="0075750E" w:rsidP="00FD0229">
+          <w:p w14:paraId="06E140DA" w14:textId="51046DDE" w:rsidR="0075750E" w:rsidRPr="004835E6" w:rsidRDefault="0075750E" w:rsidP="00FD0229">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004835E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Software </w:t>
             </w:r>
             <w:r w:rsidRPr="004835E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
@@ -1797,51 +1796,51 @@
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00774343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Controlling Agency </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6456" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D22351D" w14:textId="08BD1830" w:rsidR="0075750E" w:rsidRPr="004835E6" w:rsidRDefault="0075750E" w:rsidP="00FD0229">
+          <w:p w14:paraId="3D22351D" w14:textId="7F520780" w:rsidR="0075750E" w:rsidRPr="004835E6" w:rsidRDefault="0075750E" w:rsidP="00FD0229">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004835E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>State</w:t>
             </w:r>
             <w:r w:rsidR="004835E6" w:rsidRPr="004835E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="004835E6">
               <w:rPr>
@@ -2083,51 +2082,51 @@
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004835E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="004835E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004835E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="16"/>
-          <w:p w14:paraId="0CDC4673" w14:textId="2BCC4246" w:rsidR="0075750E" w:rsidRPr="004835E6" w:rsidRDefault="0075750E" w:rsidP="00FD0229">
+          <w:p w14:paraId="0CDC4673" w14:textId="4D58D772" w:rsidR="0075750E" w:rsidRPr="004835E6" w:rsidRDefault="0075750E" w:rsidP="00FD0229">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004835E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Regulatory Committee (NRC) </w:t>
             </w:r>
             <w:r w:rsidRPr="004835E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
@@ -2282,51 +2281,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004835E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>e.g. Export Control Classification Number (ECCN), USML (ITAR) category</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6456" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5B26623F" w14:textId="63B9F2FF" w:rsidR="0075750E" w:rsidRPr="00774343" w:rsidRDefault="0075750E" w:rsidP="0075750E">
+          <w:p w14:paraId="5B26623F" w14:textId="3EC5FC94" w:rsidR="0075750E" w:rsidRPr="00774343" w:rsidRDefault="0075750E" w:rsidP="0075750E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">ECCN: </w:t>
             </w:r>
             <w:r w:rsidR="008A2286">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text11"/>
                   <w:enabled/>
@@ -2334,100 +2333,100 @@
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="19" w:name="Text11"/>
             <w:r w:rsidR="008A2286">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="008A2286">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="008A2286">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="008A2286">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="19"/>
           </w:p>
-          <w:p w14:paraId="52E7C5B5" w14:textId="33F2F3E6" w:rsidR="0075750E" w:rsidRPr="00774343" w:rsidRDefault="0075750E" w:rsidP="0075750E">
+          <w:p w14:paraId="52E7C5B5" w14:textId="7D09E2CD" w:rsidR="0075750E" w:rsidRPr="00774343" w:rsidRDefault="0075750E" w:rsidP="0075750E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>USML Category:</w:t>
             </w:r>
             <w:r w:rsidR="008A2286">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008A2286">
               <w:rPr>
@@ -2442,83 +2441,83 @@
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="20" w:name="Text12"/>
             <w:r w:rsidR="008A2286">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="008A2286">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="008A2286">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="008A2286">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="20"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0075750E" w:rsidRPr="00774343" w14:paraId="0C836A75" w14:textId="77777777" w:rsidTr="00164A5D">
         <w:trPr>
           <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3564" w:type="dxa"/>
@@ -2557,51 +2556,51 @@
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="lightGray"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00774343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Location of export-controlled item:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6456" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="33A601C8" w14:textId="416D42C4" w:rsidR="0017712A" w:rsidRDefault="0075750E" w:rsidP="0017712A">
+          <w:p w14:paraId="33A601C8" w14:textId="3ED8F4EE" w:rsidR="0017712A" w:rsidRDefault="0075750E" w:rsidP="0017712A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00774343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Building:</w:t>
             </w:r>
             <w:r w:rsidR="008A2286">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008A2286">
               <w:rPr>
@@ -2616,100 +2615,100 @@
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="21" w:name="Text13"/>
             <w:r w:rsidR="008A2286">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="008A2286">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="008A2286">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="008A2286">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="21"/>
           </w:p>
-          <w:p w14:paraId="78FC923F" w14:textId="6BD1AA9C" w:rsidR="0017712A" w:rsidRPr="00774343" w:rsidRDefault="0075750E" w:rsidP="0017712A">
+          <w:p w14:paraId="78FC923F" w14:textId="175EF28E" w:rsidR="0017712A" w:rsidRPr="00774343" w:rsidRDefault="0075750E" w:rsidP="0017712A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00774343">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Room #:</w:t>
             </w:r>
             <w:r w:rsidR="008A2286">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008A2286">
               <w:rPr>
@@ -2724,83 +2723,83 @@
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="22" w:name="Text14"/>
             <w:r w:rsidR="008A2286">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="008A2286">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="008A2286">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="008A2286">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="22"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0075750E" w:rsidRPr="00774343" w14:paraId="0C1E21DD" w14:textId="77777777" w:rsidTr="00164A5D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3564" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
@@ -3381,68 +3380,150 @@
     <w:p w14:paraId="2149F5BA" w14:textId="7B2CACE0" w:rsidR="006274AE" w:rsidRDefault="006274AE" w:rsidP="00597C28">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:before="120" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="86"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Authorized Personnel</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08805848" w14:textId="5339283F" w:rsidR="006274AE" w:rsidRPr="006274AE" w:rsidRDefault="006274AE" w:rsidP="00B1658D">
+    <w:p w14:paraId="08805848" w14:textId="3E589F78" w:rsidR="006274AE" w:rsidRPr="006274AE" w:rsidRDefault="006274AE" w:rsidP="00B1658D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:right="90"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006274AE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">List all personnel who will have access to export-controlled items, including the RI.  The RI is responsible for training all personnel in the security procedures of this TCP.  The RI and all other personnel with access to the item(s) must complete CITI Export Control training before the TCP is approved.  Date active is the date added to the TCP.  </w:t>
+        <w:t xml:space="preserve">List all personnel who will have access to export-controlled items, including the RI.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00105B66">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>The RI is responsible for training all personnel in the security procedures of this TCP.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006274AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  The RI and all other personnel with access to the item(s) </w:t>
+      </w:r>
+      <w:r w:rsidR="00105B66">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>should</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006274AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> complete CITI Export Control training before the TCP is approved.  Date active </w:t>
+      </w:r>
+      <w:r w:rsidR="00105B66">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">means </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006274AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the date </w:t>
+      </w:r>
+      <w:r w:rsidR="00105B66">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">on which any individual is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006274AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>added to the TCP</w:t>
+      </w:r>
+      <w:r w:rsidR="00105B66">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and may access the controlled materials</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006274AE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3492A74C" w14:textId="19B437B4" w:rsidR="006274AE" w:rsidRPr="006274AE" w:rsidRDefault="006274AE" w:rsidP="00B1658D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="90"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006274AE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>To add or remove personnel after the TCP is initially approved, please contact the Export Control Office</w:t>
       </w:r>
       <w:r w:rsidR="00C07497">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3705,739 +3786,708 @@
             </w:pPr>
             <w:r w:rsidRPr="0056186F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Trained in CITI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4DE8" w:rsidRPr="00774343" w14:paraId="48ED3DDF" w14:textId="77777777" w:rsidTr="00A519CC">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7BC5DC72" w14:textId="5C8D2159" w:rsidR="00CC692D" w:rsidRPr="0056186F" w:rsidRDefault="00CC692D" w:rsidP="00892FC5">
+          <w:p w14:paraId="7BC5DC72" w14:textId="5C8D2159" w:rsidR="00CC692D" w:rsidRPr="0045754A" w:rsidRDefault="00CC692D" w:rsidP="00892FC5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="15"/>
-                <w:szCs w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="70A6E9B6" w14:textId="77777777" w:rsidR="00CC692D" w:rsidRPr="00774343" w:rsidRDefault="00CC692D" w:rsidP="00892FC5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1502" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4E60E553" w14:textId="77777777" w:rsidR="00CC692D" w:rsidRPr="00774343" w:rsidRDefault="00CC692D" w:rsidP="00892FC5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2304" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="764A84E1" w14:textId="77777777" w:rsidR="00CC692D" w:rsidRPr="00774343" w:rsidRDefault="00CC692D" w:rsidP="00892FC5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1166" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="33255A3B" w14:textId="77777777" w:rsidR="00CC692D" w:rsidRPr="00774343" w:rsidRDefault="00CC692D" w:rsidP="00892FC5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1370" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="23D8A2E0" w14:textId="3ACF05FC" w:rsidR="00CC692D" w:rsidRPr="00774343" w:rsidRDefault="00CC692D" w:rsidP="00892FC5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4DE8" w:rsidRPr="00774343" w14:paraId="3EDFCB5A" w14:textId="77777777" w:rsidTr="00A519CC">
         <w:trPr>
           <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="506B6D53" w14:textId="63458009" w:rsidR="00CC692D" w:rsidRPr="00774343" w:rsidRDefault="00CC692D" w:rsidP="00892FC5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="444DF6C6" w14:textId="77777777" w:rsidR="00CC692D" w:rsidRPr="00774343" w:rsidRDefault="00CC692D" w:rsidP="00892FC5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1502" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7E00D9CD" w14:textId="77777777" w:rsidR="00CC692D" w:rsidRPr="00774343" w:rsidRDefault="00CC692D" w:rsidP="00892FC5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2304" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="01B07F71" w14:textId="77777777" w:rsidR="00CC692D" w:rsidRPr="00774343" w:rsidRDefault="00CC692D" w:rsidP="00892FC5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1166" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="461A1436" w14:textId="77777777" w:rsidR="00CC692D" w:rsidRPr="00774343" w:rsidRDefault="00CC692D" w:rsidP="00892FC5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1370" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6B15D02A" w14:textId="7CCC565C" w:rsidR="00CC692D" w:rsidRPr="00774343" w:rsidRDefault="00CC692D" w:rsidP="00892FC5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4DE8" w:rsidRPr="00774343" w14:paraId="6A1BEEEE" w14:textId="77777777" w:rsidTr="00A519CC">
         <w:trPr>
           <w:trHeight w:val="242"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A892246" w14:textId="36AB4366" w:rsidR="00CC692D" w:rsidRPr="00774343" w:rsidRDefault="00CC692D" w:rsidP="00892FC5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="69F4A474" w14:textId="77777777" w:rsidR="00CC692D" w:rsidRPr="00774343" w:rsidRDefault="00CC692D" w:rsidP="00892FC5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1502" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6955EBDA" w14:textId="77777777" w:rsidR="00CC692D" w:rsidRPr="00774343" w:rsidRDefault="00CC692D" w:rsidP="00892FC5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2304" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2045F1C0" w14:textId="77777777" w:rsidR="00CC692D" w:rsidRPr="00774343" w:rsidRDefault="00CC692D" w:rsidP="00892FC5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1166" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4FCE48A3" w14:textId="77777777" w:rsidR="00CC692D" w:rsidRPr="00774343" w:rsidRDefault="00CC692D" w:rsidP="00892FC5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1370" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="36580747" w14:textId="2EB423CD" w:rsidR="00CC692D" w:rsidRPr="00774343" w:rsidRDefault="00CC692D" w:rsidP="00892FC5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D42E29" w:rsidRPr="00774343" w14:paraId="6FD583F1" w14:textId="77777777" w:rsidTr="00A519CC">
         <w:trPr>
           <w:trHeight w:val="242"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="03401484" w14:textId="77777777" w:rsidR="00D42E29" w:rsidRPr="00774343" w:rsidRDefault="00D42E29" w:rsidP="00892FC5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4C5FC38D" w14:textId="77777777" w:rsidR="00D42E29" w:rsidRPr="00774343" w:rsidRDefault="00D42E29" w:rsidP="00892FC5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1502" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="10DDC987" w14:textId="77777777" w:rsidR="00D42E29" w:rsidRPr="00774343" w:rsidRDefault="00D42E29" w:rsidP="00892FC5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2304" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2788E73B" w14:textId="77777777" w:rsidR="00D42E29" w:rsidRPr="00774343" w:rsidRDefault="00D42E29" w:rsidP="00892FC5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1166" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4A1B9C33" w14:textId="77777777" w:rsidR="00D42E29" w:rsidRPr="00774343" w:rsidRDefault="00D42E29" w:rsidP="00892FC5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1370" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="20441B3C" w14:textId="77777777" w:rsidR="00D42E29" w:rsidRPr="00774343" w:rsidRDefault="00D42E29" w:rsidP="00892FC5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4DE8" w:rsidRPr="00774343" w14:paraId="7AF00B15" w14:textId="77777777" w:rsidTr="00852104">
         <w:trPr>
           <w:trHeight w:val="233"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1863" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4CAA0CE2" w14:textId="6C8B4A38" w:rsidR="00CC692D" w:rsidRPr="00774343" w:rsidRDefault="00CC692D" w:rsidP="00892FC5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="32BD0D93" w14:textId="77777777" w:rsidR="00CC692D" w:rsidRPr="00774343" w:rsidRDefault="00CC692D" w:rsidP="00892FC5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1502" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="19BE8138" w14:textId="77777777" w:rsidR="00CC692D" w:rsidRPr="00774343" w:rsidRDefault="00CC692D" w:rsidP="00892FC5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2304" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3C6FF964" w14:textId="77777777" w:rsidR="00CC692D" w:rsidRPr="00774343" w:rsidRDefault="00CC692D" w:rsidP="00892FC5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1166" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="62EECCA9" w14:textId="77777777" w:rsidR="00CC692D" w:rsidRPr="00774343" w:rsidRDefault="00CC692D" w:rsidP="00892FC5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1370" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2EBF4613" w14:textId="155E6FAC" w:rsidR="00CC692D" w:rsidRPr="00774343" w:rsidRDefault="00CC692D" w:rsidP="00892FC5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="35167ED5" w14:textId="2A54B577" w:rsidR="00A519CC" w:rsidRPr="00D579EB" w:rsidRDefault="00D579EB" w:rsidP="00D579EB">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="2" w:space="2" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="2" w:space="2" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="2" w:space="2" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
         <w:spacing w:before="120" w:after="0" w:line="276" w:lineRule="auto"/>
@@ -4894,56 +4944,55 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1238" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2885C006" w14:textId="77777777" w:rsidR="00CC3079" w:rsidRDefault="00CC3079" w:rsidP="00EE1BAA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1403" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E246D4A" w14:textId="77777777" w:rsidR="00CC3079" w:rsidRDefault="00CC3079" w:rsidP="0075750E">
+          <w:p w14:paraId="2E246D4A" w14:textId="77777777" w:rsidR="00CC3079" w:rsidRDefault="00CC3079" w:rsidP="0045754A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1133" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="468171D2" w14:textId="77777777" w:rsidR="00CC3079" w:rsidRDefault="00CC3079" w:rsidP="00EE1BAA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -5314,78 +5363,105 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1133" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="24" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="650A1314" w14:textId="77777777" w:rsidR="00CC3079" w:rsidRDefault="00CC3079" w:rsidP="00EE1BAA">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="51B23D1B" w14:textId="5CB598DC" w:rsidR="00CC3079" w:rsidRPr="00E67D02" w:rsidRDefault="00E67D02" w:rsidP="00D579EB">
+    <w:p w14:paraId="51B23D1B" w14:textId="3BB7C3F4" w:rsidR="00CC3079" w:rsidRPr="00E67D02" w:rsidRDefault="00E67D02" w:rsidP="00D579EB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="2" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="2" w:space="2" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="2" w:space="2" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="2" w:space="2" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
         <w:spacing w:before="120" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="806" w:right="86"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E67D02">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>3.  Authorized Personnel: Non-U.S. Permanent Residents</w:t>
+      </w:r>
+      <w:r w:rsidR="001F0899">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (e.g.</w:t>
+      </w:r>
+      <w:r w:rsidR="00201AB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="001F0899">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> VISA holders)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00CC3079" w:rsidRPr="00E67D02">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>In addition to the information above, provide the visa status for all authorized personnel who are not U.S. permanent residents.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="720" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
@@ -6616,71 +6692,71 @@
       <w:r w:rsidR="005E4437" w:rsidRPr="00D42E29">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> for the security of the export-controlled item(s) in this TCP and for compliance with all applicable U.S. export control laws. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10FF2DA0" w14:textId="768E48A3" w:rsidR="0075750E" w:rsidRPr="0075750E" w:rsidRDefault="00C92F77" w:rsidP="0075750E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D42E29">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The RI must inform MIT’s Export Control Officer of changes to this TCP. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56DD710D" w14:textId="77777777" w:rsidR="00C92F77" w:rsidRPr="00D42E29" w:rsidRDefault="00C92F77" w:rsidP="00C92F77">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D42E29">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>The RI must inform MIT’s Export Control Officer of all personnel access updates.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76564D73" w14:textId="193A8AC7" w:rsidR="00C9613A" w:rsidRPr="00D42E29" w:rsidRDefault="00C9613A" w:rsidP="00C92F77">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D42E29">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The RI </w:t>
       </w:r>
       <w:r w:rsidRPr="00075B64">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -7232,88 +7308,87 @@
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="40" w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Is the Responsible Individual:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7009" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F2AE97A" w14:textId="23B7C600" w:rsidR="00196966" w:rsidRDefault="00196966" w:rsidP="00196966">
+          <w:p w14:paraId="5F2AE97A" w14:textId="19D4CCB7" w:rsidR="00196966" w:rsidRDefault="00196966" w:rsidP="00196966">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="40" w:after="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>U.S. Citizen</w:t>
             </w:r>
             <w:r w:rsidR="004835E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
-                    <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="23" w:name="Check1"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
@@ -7344,51 +7419,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">U.S. permanent resident </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
-                    <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="24" w:name="Check2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
@@ -7522,128 +7596,128 @@
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Project /Award Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6998" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3FCBE131" w14:textId="5777B68A" w:rsidR="000B470C" w:rsidRDefault="008A2286" w:rsidP="00EA2D72">
+          <w:p w14:paraId="3FCBE131" w14:textId="42921E47" w:rsidR="000B470C" w:rsidRDefault="008A2286" w:rsidP="00EA2D72">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="25" w:name="Text15"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="25"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00196966" w14:paraId="75084D6B" w14:textId="77777777" w:rsidTr="00196966">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3052" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -7652,128 +7726,128 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Research Sponsor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6998" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3F993EBA" w14:textId="554BF6FA" w:rsidR="00196966" w:rsidRDefault="008A2286" w:rsidP="00EA2D72">
+          <w:p w14:paraId="3F993EBA" w14:textId="6E63599B" w:rsidR="00196966" w:rsidRDefault="008A2286" w:rsidP="00EA2D72">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text16"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="26" w:name="Text16"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="26"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00196966" w14:paraId="4DF59154" w14:textId="77777777" w:rsidTr="00196966">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3052" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -7782,128 +7856,128 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Award Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6998" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="39716327" w14:textId="08941AE5" w:rsidR="00196966" w:rsidRDefault="008A2286" w:rsidP="00EA2D72">
+          <w:p w14:paraId="39716327" w14:textId="3371D01E" w:rsidR="00196966" w:rsidRDefault="008A2286" w:rsidP="00EA2D72">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="27" w:name="Text17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="27"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000B470C" w14:paraId="619B3F02" w14:textId="77777777" w:rsidTr="00196966">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3052" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -7912,128 +7986,128 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Description </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6998" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="25023AEC" w14:textId="550539CB" w:rsidR="000B470C" w:rsidRDefault="008A2286" w:rsidP="00EA2D72">
+          <w:p w14:paraId="25023AEC" w14:textId="1B189539" w:rsidR="000B470C" w:rsidRDefault="008A2286" w:rsidP="00EA2D72">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text18"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="28" w:name="Text18"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="28"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000B470C" w14:paraId="46D156E2" w14:textId="77777777" w:rsidTr="00196966">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3052" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -8042,128 +8116,128 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Expected Duration</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6998" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="24F785B6" w14:textId="21F7FC84" w:rsidR="000B470C" w:rsidRDefault="008A2286" w:rsidP="00EA2D72">
+          <w:p w14:paraId="24F785B6" w14:textId="70AC7C14" w:rsidR="000B470C" w:rsidRDefault="008A2286" w:rsidP="00EA2D72">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="29" w:name="Text19"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="29"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000B470C" w14:paraId="72B5D1D2" w14:textId="77777777" w:rsidTr="00196966">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3052" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -8172,128 +8246,128 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Where will the research be conducted?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6998" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="38BE2C49" w14:textId="683824DD" w:rsidR="000B470C" w:rsidRDefault="008A2286" w:rsidP="00EA2D72">
+          <w:p w14:paraId="38BE2C49" w14:textId="1254DE0C" w:rsidR="000B470C" w:rsidRDefault="008A2286" w:rsidP="00EA2D72">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="30" w:name="Text20"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="30"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D5316" w14:paraId="7B231F92" w14:textId="77777777" w:rsidTr="00196966">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3052" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -8302,128 +8376,128 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D5316">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Why does the project require export-controlled item(s)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6998" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2E793641" w14:textId="21A2272B" w:rsidR="000D5316" w:rsidRDefault="008A2286" w:rsidP="00EA2D72">
+          <w:p w14:paraId="2E793641" w14:textId="7FB926C6" w:rsidR="000D5316" w:rsidRDefault="008A2286" w:rsidP="00EA2D72">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="31" w:name="Text21"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="31"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D5316" w14:paraId="0486109B" w14:textId="77777777" w:rsidTr="00196966">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3052" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -8432,128 +8506,128 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D5316">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Are there reasonable alternatives to using export-controlled item(s)? Please explain.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6998" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0CF3EADE" w14:textId="1EB76FE8" w:rsidR="000D5316" w:rsidRDefault="008A2286" w:rsidP="00EA2D72">
+          <w:p w14:paraId="0CF3EADE" w14:textId="44CAB8D3" w:rsidR="000D5316" w:rsidRDefault="008A2286" w:rsidP="00EA2D72">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text22"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="32" w:name="Text22"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="32"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D5316" w14:paraId="6D0014EC" w14:textId="77777777" w:rsidTr="00196966">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3052" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
@@ -8564,81 +8638,80 @@
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D5316">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Can the research be conducted without the export-controlled items(s)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6998" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="33555DE6" w14:textId="31932C00" w:rsidR="000D5316" w:rsidRDefault="004835E6" w:rsidP="00EA2D72">
+          <w:p w14:paraId="33555DE6" w14:textId="601AF0A8" w:rsidR="000D5316" w:rsidRDefault="004835E6" w:rsidP="00EA2D72">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
-                    <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
@@ -8712,68 +8785,50 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="51C41172" w14:textId="77777777" w:rsidR="00076FCB" w:rsidRDefault="00076FCB" w:rsidP="00FD0229">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="11F8CF3B" w14:textId="77777777" w:rsidR="00386761" w:rsidRDefault="00386761" w:rsidP="00FD0229">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...16 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="69DE2877" w14:textId="77777777" w:rsidR="00063766" w:rsidRPr="00927144" w:rsidRDefault="004A51D2" w:rsidP="00D42E29">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00927144">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Export-Controlled</w:t>
       </w:r>
@@ -8879,128 +8934,128 @@
               <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004835E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Item Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7915" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2C8CD2B1" w14:textId="4D6A822C" w:rsidR="00006C1A" w:rsidRPr="004835E6" w:rsidRDefault="008A2286" w:rsidP="00EA2D72">
+          <w:p w14:paraId="2C8CD2B1" w14:textId="18295F9F" w:rsidR="00006C1A" w:rsidRPr="004835E6" w:rsidRDefault="008A2286" w:rsidP="00EA2D72">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="33" w:name="Text23"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="33"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004379A2" w14:paraId="68605F00" w14:textId="77777777" w:rsidTr="00D579EB">
         <w:trPr>
           <w:trHeight w:val="92"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2155" w:type="dxa"/>
@@ -9015,51 +9070,51 @@
               <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004835E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Item Type:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7915" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="30A295FA" w14:textId="2BBED01D" w:rsidR="004379A2" w:rsidRPr="004835E6" w:rsidRDefault="004379A2" w:rsidP="00006C1A">
+          <w:p w14:paraId="30A295FA" w14:textId="5467F9C7" w:rsidR="004379A2" w:rsidRPr="004835E6" w:rsidRDefault="004379A2" w:rsidP="00006C1A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004835E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Technical data </w:t>
             </w:r>
             <w:r w:rsidRPr="004835E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
@@ -9323,128 +9378,128 @@
               <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004835E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Item Make/Model</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7915" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="61EA3EBA" w14:textId="0EC466B1" w:rsidR="00006C1A" w:rsidRPr="004835E6" w:rsidRDefault="008A2286" w:rsidP="00006C1A">
+          <w:p w14:paraId="61EA3EBA" w14:textId="34958947" w:rsidR="00006C1A" w:rsidRPr="004835E6" w:rsidRDefault="008A2286" w:rsidP="00006C1A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="35" w:name="Text24"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="35"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2CEC7DDC" w14:textId="77777777" w:rsidR="00F62B8F" w:rsidRPr="00774343" w:rsidRDefault="00F62B8F" w:rsidP="00FD0229">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
@@ -9573,51 +9628,51 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004835E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>How will the RI acquire the item?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5025" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5EAD8107" w14:textId="71AFF13D" w:rsidR="004379A2" w:rsidRPr="004835E6" w:rsidRDefault="004379A2" w:rsidP="00EA2D72">
+          <w:p w14:paraId="5EAD8107" w14:textId="23D9C70E" w:rsidR="004379A2" w:rsidRPr="004835E6" w:rsidRDefault="004379A2" w:rsidP="00EA2D72">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004835E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Purchase </w:t>
             </w:r>
             <w:r w:rsidRPr="004835E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check16"/>
                   <w:enabled/>
@@ -9803,128 +9858,128 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004835E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>From where or from whom will the RI acquire the item (i.e. who is the supplier)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5025" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="519238CB" w14:textId="158438EE" w:rsidR="004379A2" w:rsidRPr="004835E6" w:rsidRDefault="008A2286" w:rsidP="00EA2D72">
+          <w:p w14:paraId="519238CB" w14:textId="54DEA104" w:rsidR="004379A2" w:rsidRPr="004835E6" w:rsidRDefault="008A2286" w:rsidP="00EA2D72">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="37" w:name="Text25"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="37"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00927144" w14:paraId="15E86396" w14:textId="77777777" w:rsidTr="004379A2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5025" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -9933,51 +9988,51 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004835E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>If the item is data, is there a Data Use Agreement (DUA)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5025" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1C9832FA" w14:textId="759F1205" w:rsidR="00927144" w:rsidRPr="004835E6" w:rsidRDefault="00927144" w:rsidP="00EA2D72">
+          <w:p w14:paraId="1C9832FA" w14:textId="4B887D88" w:rsidR="00927144" w:rsidRPr="004835E6" w:rsidRDefault="00927144" w:rsidP="00EA2D72">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004835E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes </w:t>
             </w:r>
             <w:r w:rsidRPr="004835E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check19"/>
                   <w:enabled/>
@@ -10093,51 +10148,51 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004835E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>If the item is data, is it Controlled Unclassified Information (CUI)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5025" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0F411EE7" w14:textId="7B608820" w:rsidR="00927144" w:rsidRPr="004835E6" w:rsidRDefault="004835E6" w:rsidP="00EA2D72">
+          <w:p w14:paraId="0F411EE7" w14:textId="3734EE8C" w:rsidR="00927144" w:rsidRPr="004835E6" w:rsidRDefault="004835E6" w:rsidP="00EA2D72">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004835E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes </w:t>
             </w:r>
             <w:r w:rsidRPr="004835E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check19"/>
                   <w:enabled/>
@@ -10242,51 +10297,51 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004835E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Will the RI obtain this item as part of a Sponsored Research Agreement (SRA)?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5025" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="71062A72" w14:textId="712BCBE9" w:rsidR="00927144" w:rsidRPr="004835E6" w:rsidRDefault="004835E6" w:rsidP="00EA2D72">
+          <w:p w14:paraId="71062A72" w14:textId="3424BB59" w:rsidR="00927144" w:rsidRPr="004835E6" w:rsidRDefault="004835E6" w:rsidP="00EA2D72">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004835E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes </w:t>
             </w:r>
             <w:r w:rsidRPr="004835E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check19"/>
                   <w:enabled/>
@@ -10391,51 +10446,51 @@
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004835E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Is there a purchase order for this item? If yes, what is the number?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5025" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C7F205B" w14:textId="1634D593" w:rsidR="00927144" w:rsidRPr="004835E6" w:rsidRDefault="004835E6" w:rsidP="00EA2D72">
+          <w:p w14:paraId="0C7F205B" w14:textId="6FEA1E33" w:rsidR="00927144" w:rsidRPr="004835E6" w:rsidRDefault="004835E6" w:rsidP="00EA2D72">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004835E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes </w:t>
             </w:r>
             <w:r w:rsidRPr="004835E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check19"/>
                   <w:enabled/>
@@ -10494,83 +10549,83 @@
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="40" w:name="Text26"/>
             <w:r w:rsidR="008A2286">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="008A2286">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="008A2286">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00937B4C">
+            <w:r w:rsidR="00911D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="008A2286">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="40"/>
             <w:r w:rsidRPr="004835E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">        No </w:t>
             </w:r>
             <w:r w:rsidRPr="004835E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -10632,51 +10687,51 @@
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004835E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Is procurement involved in obtaining the item?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5025" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="68C6C1D7" w14:textId="70E4739A" w:rsidR="00927144" w:rsidRPr="004835E6" w:rsidRDefault="004835E6" w:rsidP="00EA2D72">
+          <w:p w14:paraId="68C6C1D7" w14:textId="1384ADA9" w:rsidR="00927144" w:rsidRPr="004835E6" w:rsidRDefault="004835E6" w:rsidP="00EA2D72">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004835E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes </w:t>
             </w:r>
             <w:r w:rsidRPr="004835E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check19"/>
                   <w:enabled/>
@@ -11161,65 +11216,67 @@
           </w:p>
           <w:p w14:paraId="23EE623B" w14:textId="77777777" w:rsidR="00D8591B" w:rsidRDefault="00D8591B" w:rsidP="00FD0229">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0C98EBF5" w14:textId="6B251225" w:rsidR="00597C28" w:rsidRDefault="00597C28" w:rsidP="00FD0229">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="738908D7" w14:textId="5BE4B7E0" w:rsidR="0001393C" w:rsidRPr="00597C28" w:rsidRDefault="00597C28" w:rsidP="00597C28">
+    <w:p w14:paraId="738908D7" w14:textId="4B49DED3" w:rsidR="0001393C" w:rsidRDefault="0001393C" w:rsidP="00597C28">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C02592F" w14:textId="77777777" w:rsidR="00911D05" w:rsidRPr="00597C28" w:rsidRDefault="00911D05" w:rsidP="00597C28">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="720" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10050"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D8591B" w14:paraId="76FD2E7F" w14:textId="77777777" w:rsidTr="00A74E0E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10790" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w14:paraId="3AB104CA" w14:textId="3200D487" w:rsidR="00D8591B" w:rsidRPr="00D603EC" w:rsidRDefault="00D8591B" w:rsidP="00FD0229">
             <w:pPr>
@@ -11983,65 +12040,85 @@
       </w:r>
       <w:r w:rsidR="00C07497">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="0001393C" w:rsidRPr="00774343">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> will conduct annual reviews of all active TCPs for update and/or closure.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="749F25E0" w14:textId="77777777" w:rsidR="009201C7" w:rsidRDefault="009201C7" w:rsidP="00FD0229">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1277D709" w14:textId="6F5EBA31" w:rsidR="00386761" w:rsidRPr="00774343" w:rsidRDefault="00C4324E" w:rsidP="00C4324E">
-[...13 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="080AF32B" w14:textId="77777777" w:rsidR="00A203C8" w:rsidRDefault="00A203C8" w:rsidP="00FD0229">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D2616C4" w14:textId="77777777" w:rsidR="00A203C8" w:rsidRDefault="00A203C8" w:rsidP="00FD0229">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B4F9C15" w14:textId="77777777" w:rsidR="00A203C8" w:rsidRDefault="00A203C8" w:rsidP="00FD0229">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="714F08C9" w14:textId="77777777" w:rsidR="00A203C8" w:rsidRDefault="00A203C8" w:rsidP="00FD0229">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:bookmarkEnd w:id="42"/>
     <w:p w14:paraId="478F962F" w14:textId="77777777" w:rsidR="00B74E8C" w:rsidRPr="00D8591B" w:rsidRDefault="002A3C4D" w:rsidP="00D42E29">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D8591B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -14653,116 +14730,116 @@
     </w:p>
     <w:p w14:paraId="4734A7BD" w14:textId="77777777" w:rsidR="00150289" w:rsidRPr="00377A1E" w:rsidRDefault="00150289" w:rsidP="001C11ED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Hebrew Scholar" w:hAnsi="Arial Hebrew Scholar" w:cs="Arial Hebrew Scholar"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00150289" w:rsidRPr="00377A1E" w:rsidSect="00D036FD">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="313" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5D1619B8" w14:textId="77777777" w:rsidR="00187954" w:rsidRDefault="00187954" w:rsidP="00903144">
+    <w:p w14:paraId="3135B4BC" w14:textId="77777777" w:rsidR="00486FC0" w:rsidRDefault="00486FC0" w:rsidP="00903144">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="085C14DA" w14:textId="77777777" w:rsidR="00187954" w:rsidRDefault="00187954" w:rsidP="00903144">
+    <w:p w14:paraId="22D4EA72" w14:textId="77777777" w:rsidR="00486FC0" w:rsidRDefault="00486FC0" w:rsidP="00903144">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="4D"/>
+    <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000785B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Hebrew Scholar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="B1"/>
@@ -14770,79 +14847,79 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000843" w:usb1="40000002" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:id w:val="1823314634"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="3B5F92D2" w14:textId="55E97CC7" w:rsidR="00C75846" w:rsidRPr="00E6478D" w:rsidRDefault="004371CE" w:rsidP="0075750E">
+      <w:p w14:paraId="3B5F92D2" w14:textId="413DDF3B" w:rsidR="00C75846" w:rsidRPr="00E6478D" w:rsidRDefault="004371CE" w:rsidP="0075750E">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:tabs>
             <w:tab w:val="clear" w:pos="9360"/>
             <w:tab w:val="right" w:pos="9720"/>
           </w:tabs>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00E6478D">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>Revision</w:t>
         </w:r>
         <w:r w:rsidR="00AD09A5" w:rsidRPr="00E6478D">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00310213">
+        <w:r w:rsidR="004C4E34">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
-          <w:t>March</w:t>
+          <w:t>November</w:t>
         </w:r>
         <w:r w:rsidR="000D5316" w:rsidRPr="00E6478D">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00AD09A5" w:rsidRPr="00E6478D">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:t>2025</w:t>
         </w:r>
         <w:r w:rsidRPr="00E6478D">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidRPr="00E6478D">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
           <w:tab/>
         </w:r>
@@ -14871,58 +14948,58 @@
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00DA1EBC" w:rsidRPr="00E6478D">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r w:rsidR="00C75846" w:rsidRPr="00E6478D">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="548D1C94" w14:textId="77777777" w:rsidR="00187954" w:rsidRDefault="00187954" w:rsidP="00903144">
+    <w:p w14:paraId="5B07DF10" w14:textId="77777777" w:rsidR="00486FC0" w:rsidRDefault="00486FC0" w:rsidP="00903144">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="205E3BF6" w14:textId="77777777" w:rsidR="00187954" w:rsidRDefault="00187954" w:rsidP="00903144">
+    <w:p w14:paraId="5DF485AA" w14:textId="77777777" w:rsidR="00486FC0" w:rsidRDefault="00486FC0" w:rsidP="00903144">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="732D60AF" w14:textId="09EB5997" w:rsidR="0075750E" w:rsidRPr="00E6478D" w:rsidRDefault="0075750E" w:rsidP="0075750E">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1674"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E6478D">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00E6478D">
         <w:rPr>
@@ -19565,175 +19642,182 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="1121537560">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="61610250">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="1876388449">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="610864809">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="1854950655">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="1278609186">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="160"/>
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="forms" w:enforcement="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F01088"/>
     <w:rsid w:val="00003BAB"/>
     <w:rsid w:val="00003DF7"/>
     <w:rsid w:val="0000514A"/>
     <w:rsid w:val="00006C1A"/>
+    <w:rsid w:val="00011238"/>
     <w:rsid w:val="00011CFF"/>
     <w:rsid w:val="0001393C"/>
     <w:rsid w:val="000169A2"/>
     <w:rsid w:val="00017245"/>
     <w:rsid w:val="000172BB"/>
     <w:rsid w:val="00020287"/>
     <w:rsid w:val="00020983"/>
     <w:rsid w:val="0002269E"/>
     <w:rsid w:val="00024D60"/>
     <w:rsid w:val="00031DE1"/>
     <w:rsid w:val="0003347F"/>
     <w:rsid w:val="000344F7"/>
     <w:rsid w:val="000374A4"/>
     <w:rsid w:val="00042373"/>
     <w:rsid w:val="00045ADA"/>
     <w:rsid w:val="00050FF9"/>
     <w:rsid w:val="00052F24"/>
+    <w:rsid w:val="00061C69"/>
     <w:rsid w:val="000636FD"/>
     <w:rsid w:val="00063766"/>
     <w:rsid w:val="00066715"/>
     <w:rsid w:val="00075B64"/>
     <w:rsid w:val="00076FCB"/>
     <w:rsid w:val="000811E2"/>
     <w:rsid w:val="0008134E"/>
     <w:rsid w:val="000862CE"/>
     <w:rsid w:val="00090257"/>
     <w:rsid w:val="00091BD3"/>
     <w:rsid w:val="000A17BB"/>
     <w:rsid w:val="000A2BA1"/>
+    <w:rsid w:val="000A7F0A"/>
     <w:rsid w:val="000B2886"/>
     <w:rsid w:val="000B470C"/>
     <w:rsid w:val="000B48DD"/>
     <w:rsid w:val="000C00CB"/>
     <w:rsid w:val="000C00D6"/>
     <w:rsid w:val="000C7290"/>
     <w:rsid w:val="000C7712"/>
     <w:rsid w:val="000D5316"/>
     <w:rsid w:val="000E0F98"/>
     <w:rsid w:val="000E7887"/>
     <w:rsid w:val="000F00D8"/>
     <w:rsid w:val="000F3069"/>
     <w:rsid w:val="000F4CAF"/>
     <w:rsid w:val="000F7F5D"/>
     <w:rsid w:val="001018BF"/>
+    <w:rsid w:val="00105B66"/>
     <w:rsid w:val="00107A19"/>
     <w:rsid w:val="00107A89"/>
     <w:rsid w:val="00123782"/>
     <w:rsid w:val="00132680"/>
     <w:rsid w:val="001377E4"/>
     <w:rsid w:val="00140E9D"/>
     <w:rsid w:val="001430F8"/>
     <w:rsid w:val="00143598"/>
     <w:rsid w:val="00144B86"/>
     <w:rsid w:val="00144C8D"/>
     <w:rsid w:val="00150289"/>
     <w:rsid w:val="001506D9"/>
     <w:rsid w:val="00150975"/>
     <w:rsid w:val="00156688"/>
     <w:rsid w:val="00160F04"/>
     <w:rsid w:val="00161311"/>
     <w:rsid w:val="00161E8B"/>
     <w:rsid w:val="001626F8"/>
     <w:rsid w:val="00174E63"/>
     <w:rsid w:val="00175585"/>
     <w:rsid w:val="0017712A"/>
     <w:rsid w:val="001801D4"/>
     <w:rsid w:val="00181BAB"/>
     <w:rsid w:val="001835F5"/>
     <w:rsid w:val="00184763"/>
     <w:rsid w:val="00185682"/>
     <w:rsid w:val="00187165"/>
     <w:rsid w:val="00187954"/>
     <w:rsid w:val="001915CF"/>
     <w:rsid w:val="00192157"/>
     <w:rsid w:val="001968DD"/>
     <w:rsid w:val="00196966"/>
     <w:rsid w:val="00197189"/>
     <w:rsid w:val="00197FC2"/>
     <w:rsid w:val="001B4099"/>
     <w:rsid w:val="001B4D57"/>
     <w:rsid w:val="001B626B"/>
     <w:rsid w:val="001B6D48"/>
     <w:rsid w:val="001B7E94"/>
     <w:rsid w:val="001C0B2A"/>
     <w:rsid w:val="001C11ED"/>
     <w:rsid w:val="001C22F3"/>
     <w:rsid w:val="001C4DD2"/>
     <w:rsid w:val="001C7C7A"/>
     <w:rsid w:val="001D1349"/>
+    <w:rsid w:val="001D26C4"/>
     <w:rsid w:val="001D4F96"/>
     <w:rsid w:val="001E2418"/>
     <w:rsid w:val="001E5330"/>
+    <w:rsid w:val="001F0899"/>
     <w:rsid w:val="001F0B45"/>
     <w:rsid w:val="001F4C27"/>
+    <w:rsid w:val="00201AB5"/>
     <w:rsid w:val="00204AC6"/>
     <w:rsid w:val="002058B0"/>
     <w:rsid w:val="00216034"/>
     <w:rsid w:val="0022204C"/>
     <w:rsid w:val="002221D5"/>
     <w:rsid w:val="002243A1"/>
     <w:rsid w:val="00224618"/>
     <w:rsid w:val="00226264"/>
     <w:rsid w:val="00227C34"/>
     <w:rsid w:val="0023090F"/>
     <w:rsid w:val="0023296C"/>
     <w:rsid w:val="00242A39"/>
     <w:rsid w:val="0024684F"/>
     <w:rsid w:val="002578FC"/>
     <w:rsid w:val="00260718"/>
     <w:rsid w:val="0026558D"/>
     <w:rsid w:val="002664B8"/>
     <w:rsid w:val="002721AD"/>
     <w:rsid w:val="002768EB"/>
     <w:rsid w:val="002866EF"/>
     <w:rsid w:val="00291C8F"/>
     <w:rsid w:val="00294325"/>
     <w:rsid w:val="002A09B7"/>
     <w:rsid w:val="002A1916"/>
     <w:rsid w:val="002A3C4D"/>
@@ -19751,174 +19835,180 @@
     <w:rsid w:val="002F296B"/>
     <w:rsid w:val="002F4687"/>
     <w:rsid w:val="002F7D0B"/>
     <w:rsid w:val="003001E3"/>
     <w:rsid w:val="00300406"/>
     <w:rsid w:val="00310213"/>
     <w:rsid w:val="00321099"/>
     <w:rsid w:val="00322055"/>
     <w:rsid w:val="00325EF9"/>
     <w:rsid w:val="00326FF1"/>
     <w:rsid w:val="0032768A"/>
     <w:rsid w:val="003305A9"/>
     <w:rsid w:val="00333E55"/>
     <w:rsid w:val="0034634F"/>
     <w:rsid w:val="003527F8"/>
     <w:rsid w:val="00377A1E"/>
     <w:rsid w:val="00383E17"/>
     <w:rsid w:val="00386761"/>
     <w:rsid w:val="00390907"/>
     <w:rsid w:val="0039096C"/>
     <w:rsid w:val="00390AEF"/>
     <w:rsid w:val="003963D5"/>
     <w:rsid w:val="00397032"/>
     <w:rsid w:val="003A099C"/>
     <w:rsid w:val="003B2FFF"/>
+    <w:rsid w:val="003C1FA4"/>
     <w:rsid w:val="003C4B24"/>
     <w:rsid w:val="003D7C4D"/>
     <w:rsid w:val="003E0E69"/>
     <w:rsid w:val="003E2E50"/>
     <w:rsid w:val="003E733E"/>
     <w:rsid w:val="003F20D1"/>
     <w:rsid w:val="003F61E9"/>
     <w:rsid w:val="003F6482"/>
     <w:rsid w:val="00405B9E"/>
     <w:rsid w:val="004117D5"/>
     <w:rsid w:val="00420115"/>
     <w:rsid w:val="00422B75"/>
     <w:rsid w:val="00427863"/>
     <w:rsid w:val="00430A80"/>
     <w:rsid w:val="00431D8F"/>
     <w:rsid w:val="004371CE"/>
     <w:rsid w:val="004379A2"/>
     <w:rsid w:val="00446ABE"/>
     <w:rsid w:val="00451310"/>
+    <w:rsid w:val="0045754A"/>
     <w:rsid w:val="00457F03"/>
     <w:rsid w:val="004617E4"/>
     <w:rsid w:val="004633D1"/>
     <w:rsid w:val="004665CD"/>
     <w:rsid w:val="004669E5"/>
     <w:rsid w:val="00467B0E"/>
     <w:rsid w:val="00474FB9"/>
     <w:rsid w:val="00475DA6"/>
     <w:rsid w:val="00475E83"/>
     <w:rsid w:val="00481342"/>
     <w:rsid w:val="00481947"/>
     <w:rsid w:val="004835E6"/>
+    <w:rsid w:val="00486FC0"/>
     <w:rsid w:val="00494F11"/>
     <w:rsid w:val="00495942"/>
     <w:rsid w:val="004A1BB5"/>
     <w:rsid w:val="004A51D2"/>
     <w:rsid w:val="004B608A"/>
     <w:rsid w:val="004C0314"/>
     <w:rsid w:val="004C4D7D"/>
+    <w:rsid w:val="004C4E34"/>
     <w:rsid w:val="004D2CD2"/>
     <w:rsid w:val="004D4221"/>
     <w:rsid w:val="004E2025"/>
     <w:rsid w:val="004E22EC"/>
     <w:rsid w:val="004E2507"/>
     <w:rsid w:val="004F4749"/>
     <w:rsid w:val="00504E0C"/>
     <w:rsid w:val="00507AF3"/>
     <w:rsid w:val="005102F7"/>
     <w:rsid w:val="00510848"/>
     <w:rsid w:val="005249DA"/>
     <w:rsid w:val="005408DE"/>
     <w:rsid w:val="00541EBE"/>
     <w:rsid w:val="00545731"/>
     <w:rsid w:val="0055211D"/>
     <w:rsid w:val="00553825"/>
     <w:rsid w:val="005573D3"/>
     <w:rsid w:val="005609E1"/>
     <w:rsid w:val="0056186F"/>
     <w:rsid w:val="0056212F"/>
     <w:rsid w:val="00576AD8"/>
     <w:rsid w:val="005779C1"/>
     <w:rsid w:val="0058145B"/>
     <w:rsid w:val="00594BC3"/>
     <w:rsid w:val="00597C28"/>
     <w:rsid w:val="005A263D"/>
     <w:rsid w:val="005B04BC"/>
     <w:rsid w:val="005B1CC6"/>
     <w:rsid w:val="005B1D19"/>
     <w:rsid w:val="005B321F"/>
     <w:rsid w:val="005B6036"/>
     <w:rsid w:val="005B7F83"/>
     <w:rsid w:val="005C02C5"/>
     <w:rsid w:val="005C4B30"/>
     <w:rsid w:val="005C6854"/>
     <w:rsid w:val="005D6737"/>
     <w:rsid w:val="005E10B7"/>
     <w:rsid w:val="005E1131"/>
     <w:rsid w:val="005E3379"/>
     <w:rsid w:val="005E4437"/>
     <w:rsid w:val="005E4FEC"/>
     <w:rsid w:val="005E5DB0"/>
     <w:rsid w:val="005E5E59"/>
     <w:rsid w:val="005F04B0"/>
     <w:rsid w:val="005F4BF6"/>
     <w:rsid w:val="006011FF"/>
     <w:rsid w:val="00601814"/>
     <w:rsid w:val="006044B2"/>
     <w:rsid w:val="00605ED0"/>
+    <w:rsid w:val="006079A8"/>
     <w:rsid w:val="00613047"/>
     <w:rsid w:val="006137EA"/>
     <w:rsid w:val="00614556"/>
     <w:rsid w:val="006220EB"/>
     <w:rsid w:val="00623CD9"/>
     <w:rsid w:val="0062504C"/>
     <w:rsid w:val="006274AE"/>
     <w:rsid w:val="00631CF8"/>
     <w:rsid w:val="006327D6"/>
     <w:rsid w:val="00634783"/>
     <w:rsid w:val="00644C4A"/>
     <w:rsid w:val="00646014"/>
     <w:rsid w:val="00660766"/>
     <w:rsid w:val="00661CBC"/>
     <w:rsid w:val="0066666B"/>
     <w:rsid w:val="00671B49"/>
     <w:rsid w:val="00687A7A"/>
     <w:rsid w:val="006930C8"/>
     <w:rsid w:val="006A399C"/>
     <w:rsid w:val="006A493D"/>
     <w:rsid w:val="006B2C36"/>
     <w:rsid w:val="006B2ED4"/>
     <w:rsid w:val="006B3775"/>
     <w:rsid w:val="006B6AA1"/>
     <w:rsid w:val="006C0239"/>
     <w:rsid w:val="006C1AF5"/>
     <w:rsid w:val="006C6278"/>
     <w:rsid w:val="006C6A63"/>
     <w:rsid w:val="006D0E55"/>
     <w:rsid w:val="006D4B07"/>
     <w:rsid w:val="006D63D2"/>
     <w:rsid w:val="006D73FA"/>
     <w:rsid w:val="006D7616"/>
     <w:rsid w:val="006E0D2E"/>
     <w:rsid w:val="006E45BF"/>
     <w:rsid w:val="006E4927"/>
     <w:rsid w:val="006F31C5"/>
+    <w:rsid w:val="00700310"/>
     <w:rsid w:val="007013A6"/>
     <w:rsid w:val="0070541D"/>
     <w:rsid w:val="0070606F"/>
     <w:rsid w:val="0070647E"/>
     <w:rsid w:val="00707526"/>
     <w:rsid w:val="00710504"/>
     <w:rsid w:val="007112F9"/>
     <w:rsid w:val="00711C14"/>
     <w:rsid w:val="00720474"/>
     <w:rsid w:val="007217C2"/>
     <w:rsid w:val="007248C8"/>
     <w:rsid w:val="007317FA"/>
     <w:rsid w:val="00731F11"/>
     <w:rsid w:val="00733A73"/>
     <w:rsid w:val="00736E7A"/>
     <w:rsid w:val="0075224A"/>
     <w:rsid w:val="0075750E"/>
     <w:rsid w:val="00761A85"/>
     <w:rsid w:val="00774343"/>
     <w:rsid w:val="00784A31"/>
     <w:rsid w:val="00792D31"/>
     <w:rsid w:val="00793DBC"/>
     <w:rsid w:val="00794C78"/>
     <w:rsid w:val="007A43CA"/>
     <w:rsid w:val="007A5045"/>
@@ -19944,82 +20034,87 @@
     <w:rsid w:val="00852104"/>
     <w:rsid w:val="00862CD9"/>
     <w:rsid w:val="00863EF9"/>
     <w:rsid w:val="0086476A"/>
     <w:rsid w:val="00873B95"/>
     <w:rsid w:val="0088041D"/>
     <w:rsid w:val="00883384"/>
     <w:rsid w:val="008868A3"/>
     <w:rsid w:val="00887D8A"/>
     <w:rsid w:val="00897D66"/>
     <w:rsid w:val="008A0919"/>
     <w:rsid w:val="008A2286"/>
     <w:rsid w:val="008B4E2E"/>
     <w:rsid w:val="008B74D7"/>
     <w:rsid w:val="008D4B12"/>
     <w:rsid w:val="008D58EF"/>
     <w:rsid w:val="008D5C00"/>
     <w:rsid w:val="008E6294"/>
     <w:rsid w:val="008F1BCC"/>
     <w:rsid w:val="008F3AC5"/>
     <w:rsid w:val="008F51A5"/>
     <w:rsid w:val="008F55E6"/>
     <w:rsid w:val="00903144"/>
     <w:rsid w:val="009071E7"/>
     <w:rsid w:val="00907582"/>
+    <w:rsid w:val="00911D05"/>
     <w:rsid w:val="00911DC6"/>
     <w:rsid w:val="00920104"/>
     <w:rsid w:val="009201C7"/>
     <w:rsid w:val="009207D4"/>
     <w:rsid w:val="00927144"/>
     <w:rsid w:val="00937B4C"/>
+    <w:rsid w:val="009401C5"/>
     <w:rsid w:val="0094175B"/>
     <w:rsid w:val="0094344F"/>
     <w:rsid w:val="009435A1"/>
     <w:rsid w:val="00955629"/>
     <w:rsid w:val="00960888"/>
     <w:rsid w:val="00960FC7"/>
     <w:rsid w:val="00961436"/>
     <w:rsid w:val="00977021"/>
+    <w:rsid w:val="009A03B2"/>
     <w:rsid w:val="009A08B9"/>
     <w:rsid w:val="009A7C87"/>
     <w:rsid w:val="009B0777"/>
     <w:rsid w:val="009B1E02"/>
     <w:rsid w:val="009B6DAE"/>
     <w:rsid w:val="009C2CA4"/>
     <w:rsid w:val="009C75A0"/>
     <w:rsid w:val="009D17E0"/>
     <w:rsid w:val="009E1B5F"/>
     <w:rsid w:val="009E42CE"/>
     <w:rsid w:val="009E5D23"/>
     <w:rsid w:val="009E5FF3"/>
     <w:rsid w:val="009E6DA1"/>
     <w:rsid w:val="009F0AEE"/>
     <w:rsid w:val="009F5AC1"/>
     <w:rsid w:val="00A004AA"/>
     <w:rsid w:val="00A155E4"/>
+    <w:rsid w:val="00A203C8"/>
     <w:rsid w:val="00A20AED"/>
+    <w:rsid w:val="00A26B43"/>
     <w:rsid w:val="00A319EA"/>
     <w:rsid w:val="00A34506"/>
     <w:rsid w:val="00A43AD1"/>
     <w:rsid w:val="00A47457"/>
     <w:rsid w:val="00A47E20"/>
     <w:rsid w:val="00A47E38"/>
     <w:rsid w:val="00A519CC"/>
     <w:rsid w:val="00A61A30"/>
     <w:rsid w:val="00A64376"/>
     <w:rsid w:val="00A65742"/>
     <w:rsid w:val="00A66787"/>
     <w:rsid w:val="00A67AF7"/>
     <w:rsid w:val="00A74219"/>
     <w:rsid w:val="00A74E0E"/>
     <w:rsid w:val="00A76050"/>
     <w:rsid w:val="00A761DD"/>
     <w:rsid w:val="00A80DDF"/>
     <w:rsid w:val="00A944BC"/>
     <w:rsid w:val="00A945A1"/>
     <w:rsid w:val="00A965ED"/>
     <w:rsid w:val="00AB22B0"/>
     <w:rsid w:val="00AB3E66"/>
     <w:rsid w:val="00AB7644"/>
     <w:rsid w:val="00AC0905"/>
     <w:rsid w:val="00AC2DFB"/>
@@ -20028,50 +20123,51 @@
     <w:rsid w:val="00AE03DD"/>
     <w:rsid w:val="00AE26A3"/>
     <w:rsid w:val="00B04B17"/>
     <w:rsid w:val="00B06539"/>
     <w:rsid w:val="00B1134C"/>
     <w:rsid w:val="00B14271"/>
     <w:rsid w:val="00B1658D"/>
     <w:rsid w:val="00B2137D"/>
     <w:rsid w:val="00B268F1"/>
     <w:rsid w:val="00B368D9"/>
     <w:rsid w:val="00B50A22"/>
     <w:rsid w:val="00B55370"/>
     <w:rsid w:val="00B614D4"/>
     <w:rsid w:val="00B61833"/>
     <w:rsid w:val="00B61C25"/>
     <w:rsid w:val="00B672EE"/>
     <w:rsid w:val="00B728CA"/>
     <w:rsid w:val="00B74E8C"/>
     <w:rsid w:val="00B767B5"/>
     <w:rsid w:val="00B77F67"/>
     <w:rsid w:val="00B87A3F"/>
     <w:rsid w:val="00BA2D22"/>
     <w:rsid w:val="00BA5147"/>
     <w:rsid w:val="00BB1B81"/>
     <w:rsid w:val="00BB1BDB"/>
+    <w:rsid w:val="00BB373C"/>
     <w:rsid w:val="00BB681B"/>
     <w:rsid w:val="00BB6EAD"/>
     <w:rsid w:val="00BB7F91"/>
     <w:rsid w:val="00BC4376"/>
     <w:rsid w:val="00BC5EBD"/>
     <w:rsid w:val="00BD0561"/>
     <w:rsid w:val="00BD438B"/>
     <w:rsid w:val="00BF686D"/>
     <w:rsid w:val="00C02486"/>
     <w:rsid w:val="00C02F75"/>
     <w:rsid w:val="00C0339D"/>
     <w:rsid w:val="00C07497"/>
     <w:rsid w:val="00C156D5"/>
     <w:rsid w:val="00C32A88"/>
     <w:rsid w:val="00C37D0E"/>
     <w:rsid w:val="00C4324E"/>
     <w:rsid w:val="00C45F5D"/>
     <w:rsid w:val="00C51458"/>
     <w:rsid w:val="00C601ED"/>
     <w:rsid w:val="00C6094D"/>
     <w:rsid w:val="00C6363A"/>
     <w:rsid w:val="00C67875"/>
     <w:rsid w:val="00C74304"/>
     <w:rsid w:val="00C752CE"/>
     <w:rsid w:val="00C75846"/>
@@ -20097,127 +20193,130 @@
     <w:rsid w:val="00CC1348"/>
     <w:rsid w:val="00CC2237"/>
     <w:rsid w:val="00CC3079"/>
     <w:rsid w:val="00CC5917"/>
     <w:rsid w:val="00CC692D"/>
     <w:rsid w:val="00CD37D9"/>
     <w:rsid w:val="00CD5C71"/>
     <w:rsid w:val="00CD6546"/>
     <w:rsid w:val="00CE4320"/>
     <w:rsid w:val="00CE5A29"/>
     <w:rsid w:val="00CE6796"/>
     <w:rsid w:val="00CF0DAC"/>
     <w:rsid w:val="00CF1D62"/>
     <w:rsid w:val="00CF4241"/>
     <w:rsid w:val="00CF4446"/>
     <w:rsid w:val="00CF46F7"/>
     <w:rsid w:val="00CF5FFD"/>
     <w:rsid w:val="00D00747"/>
     <w:rsid w:val="00D036FD"/>
     <w:rsid w:val="00D03812"/>
     <w:rsid w:val="00D05319"/>
     <w:rsid w:val="00D056D6"/>
     <w:rsid w:val="00D24AD0"/>
     <w:rsid w:val="00D25907"/>
     <w:rsid w:val="00D34B3D"/>
+    <w:rsid w:val="00D34DDA"/>
     <w:rsid w:val="00D37221"/>
     <w:rsid w:val="00D41CD9"/>
     <w:rsid w:val="00D42E29"/>
     <w:rsid w:val="00D43966"/>
     <w:rsid w:val="00D47B68"/>
     <w:rsid w:val="00D5518D"/>
     <w:rsid w:val="00D55F52"/>
     <w:rsid w:val="00D569C4"/>
     <w:rsid w:val="00D579EB"/>
     <w:rsid w:val="00D603EC"/>
     <w:rsid w:val="00D64B38"/>
     <w:rsid w:val="00D70783"/>
     <w:rsid w:val="00D74AFF"/>
     <w:rsid w:val="00D7695E"/>
     <w:rsid w:val="00D83679"/>
     <w:rsid w:val="00D8591B"/>
     <w:rsid w:val="00D85B2C"/>
     <w:rsid w:val="00D97D93"/>
     <w:rsid w:val="00DA1EBC"/>
     <w:rsid w:val="00DB0C37"/>
     <w:rsid w:val="00DB1CB8"/>
     <w:rsid w:val="00DB5764"/>
     <w:rsid w:val="00DC0C65"/>
     <w:rsid w:val="00DC3659"/>
     <w:rsid w:val="00DC7394"/>
     <w:rsid w:val="00DD08D7"/>
     <w:rsid w:val="00DD40C9"/>
     <w:rsid w:val="00DD4289"/>
     <w:rsid w:val="00E016C7"/>
     <w:rsid w:val="00E0194E"/>
     <w:rsid w:val="00E01B70"/>
     <w:rsid w:val="00E07EC1"/>
     <w:rsid w:val="00E10A60"/>
     <w:rsid w:val="00E13702"/>
+    <w:rsid w:val="00E2711F"/>
     <w:rsid w:val="00E272E9"/>
     <w:rsid w:val="00E416EB"/>
     <w:rsid w:val="00E41A41"/>
     <w:rsid w:val="00E41A54"/>
     <w:rsid w:val="00E47E78"/>
     <w:rsid w:val="00E54E9C"/>
     <w:rsid w:val="00E6478D"/>
     <w:rsid w:val="00E65D39"/>
     <w:rsid w:val="00E67D02"/>
     <w:rsid w:val="00E80150"/>
     <w:rsid w:val="00E81582"/>
     <w:rsid w:val="00E817DB"/>
     <w:rsid w:val="00E861D7"/>
     <w:rsid w:val="00EA2D72"/>
     <w:rsid w:val="00EA330F"/>
     <w:rsid w:val="00EA5870"/>
     <w:rsid w:val="00EB56D4"/>
     <w:rsid w:val="00EC4EB5"/>
     <w:rsid w:val="00ED3AF9"/>
     <w:rsid w:val="00ED4D96"/>
     <w:rsid w:val="00ED5FAB"/>
     <w:rsid w:val="00EE1250"/>
     <w:rsid w:val="00EE5CC0"/>
     <w:rsid w:val="00EF0175"/>
     <w:rsid w:val="00EF05E2"/>
     <w:rsid w:val="00EF0E9D"/>
     <w:rsid w:val="00EF2EFD"/>
     <w:rsid w:val="00EF3421"/>
     <w:rsid w:val="00F002FF"/>
     <w:rsid w:val="00F007E6"/>
     <w:rsid w:val="00F01088"/>
     <w:rsid w:val="00F15353"/>
     <w:rsid w:val="00F15E1E"/>
     <w:rsid w:val="00F17E2C"/>
     <w:rsid w:val="00F22857"/>
     <w:rsid w:val="00F22F87"/>
     <w:rsid w:val="00F23E2E"/>
     <w:rsid w:val="00F37112"/>
     <w:rsid w:val="00F45782"/>
     <w:rsid w:val="00F54B86"/>
     <w:rsid w:val="00F6288B"/>
     <w:rsid w:val="00F62B8F"/>
     <w:rsid w:val="00F65089"/>
+    <w:rsid w:val="00F666A3"/>
     <w:rsid w:val="00F66DC1"/>
     <w:rsid w:val="00F715D3"/>
     <w:rsid w:val="00F74C1D"/>
     <w:rsid w:val="00F75A06"/>
     <w:rsid w:val="00F76481"/>
     <w:rsid w:val="00F77C3E"/>
     <w:rsid w:val="00F82903"/>
     <w:rsid w:val="00F83CBA"/>
     <w:rsid w:val="00F84B33"/>
     <w:rsid w:val="00F86E21"/>
     <w:rsid w:val="00F92F67"/>
     <w:rsid w:val="00F95AF7"/>
     <w:rsid w:val="00FA776E"/>
     <w:rsid w:val="00FB7C64"/>
     <w:rsid w:val="00FC55CF"/>
     <w:rsid w:val="00FC5F8F"/>
     <w:rsid w:val="00FC7A90"/>
     <w:rsid w:val="00FD0229"/>
     <w:rsid w:val="00FD7D38"/>
     <w:rsid w:val="00FE3266"/>
     <w:rsid w:val="00FF07EA"/>
     <w:rsid w:val="00FF08CD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
@@ -21478,81 +21577,81 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E6402BD1-D849-41A4-9AEE-52FA7FE233FC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>2342</Words>
-  <Characters>13189</Characters>
+  <Words>2356</Words>
+  <Characters>13268</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>549</Lines>
-  <Paragraphs>254</Paragraphs>
+  <Lines>552</Lines>
+  <Paragraphs>256</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Technology Control Plan Template July 2024</vt:lpstr>
+      <vt:lpstr>Technology Control Plan Template March 2025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>Massachusetts Institute of Technology</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15277</CharactersWithSpaces>
+  <CharactersWithSpaces>15368</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Technology Control Plan Template March 2025</dc:title>
+  <dc:title>Technology Control Plan Template November 2025</dc:title>
   <dc:subject>Request for Export-Control Exception to Open Research Policy - MIT Technology Control Plan (TCP)</dc:subject>
   <dc:creator>Janet Johnston</dc:creator>
   <cp:keywords>Export Control; technology Control Plan; template; TCP,</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_DocHome">
     <vt:i4>-674769490</vt:i4>
   </property>
 </Properties>
 </file>